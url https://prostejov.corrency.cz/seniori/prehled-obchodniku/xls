--- v0 (2025-11-04)
+++ v1 (2026-03-10)
@@ -7,307 +7,355 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdWorkbook" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
     <Relationship Id="rIdCore" Type="http://schemas.openxmlformats.org/officedocument/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
     <Relationship Id="rIdApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="Přehled obchodníků" sheetId="1" r:id="rIdSheet1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="125" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="144" uniqueCount="144">
   <si>
     <t xml:space="preserve">Aquapark Koupelky</t>
   </si>
   <si>
     <t xml:space="preserve">Krasická 4463/6b</t>
   </si>
   <si>
     <t xml:space="preserve">Prostějov</t>
   </si>
   <si>
     <t xml:space="preserve">79601</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.dsp-pv.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Boty JANA</t>
   </si>
   <si>
     <t xml:space="preserve">Hlaváčkovo nám. 3</t>
   </si>
   <si>
     <t xml:space="preserve">Prostějov</t>
   </si>
   <si>
     <t xml:space="preserve">79601</t>
   </si>
   <si>
     <t xml:space="preserve">Oděvy a Obuv</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.botyjana.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Fitness aréna</t>
   </si>
   <si>
     <t xml:space="preserve">Plumlovská 481/200</t>
   </si>
   <si>
     <t xml:space="preserve">Prostějov 4</t>
   </si>
   <si>
     <t xml:space="preserve">79601</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://trxbezhranic.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Kadeřnice Hanka  Free style, tel: 773664700</t>
   </si>
   <si>
     <t xml:space="preserve">Koželuhova 4274/8</t>
   </si>
   <si>
     <t xml:space="preserve">Prostejov</t>
   </si>
   <si>
     <t xml:space="preserve">79601</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.facebook.com/profile.php?id=61555958784566#</t>
+  </si>
+  <si>
     <t xml:space="preserve">Kadeřnictví Lachmanová Jana</t>
   </si>
   <si>
     <t xml:space="preserve">Fanderlíkova 4010/47</t>
   </si>
   <si>
     <t xml:space="preserve">Prostějov</t>
   </si>
   <si>
     <t xml:space="preserve">79601</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
     <t xml:space="preserve">KINO METRO 70 Prostějov</t>
   </si>
   <si>
     <t xml:space="preserve">Školní 3694/1</t>
   </si>
   <si>
     <t xml:space="preserve">Prostějov</t>
   </si>
   <si>
     <t xml:space="preserve">79601</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.metro70.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Koupaliště Vrahovice</t>
   </si>
   <si>
     <t xml:space="preserve">Mikoláše Alše 811</t>
   </si>
   <si>
     <t xml:space="preserve">Prostějov - Vrahovice</t>
   </si>
   <si>
     <t xml:space="preserve">79811</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.dsp-pv.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Lékárna Centrum zdraví</t>
   </si>
   <si>
     <t xml:space="preserve">Vodní 4545/25</t>
   </si>
   <si>
     <t xml:space="preserve">Prostějov</t>
   </si>
   <si>
     <t xml:space="preserve">79601</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.centrumzdravipv.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Lékárna Srdcovka</t>
   </si>
   <si>
     <t xml:space="preserve">nám. T. G. Masaryka 195/18</t>
   </si>
   <si>
     <t xml:space="preserve">Prostějov</t>
   </si>
   <si>
     <t xml:space="preserve">79601</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.vasesrdcovka.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Lékárna U SVATÉHO PETRA</t>
   </si>
   <si>
     <t xml:space="preserve">Petrské nám. 2161/5</t>
   </si>
   <si>
     <t xml:space="preserve">Prostějov</t>
   </si>
   <si>
     <t xml:space="preserve">79601</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.nej-lekarna.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Licea - prodej regionální zeleniny, ovoce, ořechů a medu</t>
   </si>
   <si>
     <t xml:space="preserve">Sladkovského 1</t>
   </si>
   <si>
     <t xml:space="preserve">Prostějov</t>
   </si>
   <si>
     <t xml:space="preserve">79601</t>
   </si>
   <si>
     <t xml:space="preserve">Potraviny a Nápoje, Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.licea.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Městské lázně Prostějov</t>
   </si>
   <si>
     <t xml:space="preserve">Floriánské nám. 2672/1</t>
   </si>
   <si>
     <t xml:space="preserve">Prostějov</t>
   </si>
   <si>
     <t xml:space="preserve">79601</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.dsp-pv.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Obuv IVKA</t>
   </si>
   <si>
     <t xml:space="preserve">Plumlovská 21 21</t>
   </si>
   <si>
     <t xml:space="preserve">Prostějov</t>
   </si>
   <si>
     <t xml:space="preserve">79601</t>
   </si>
   <si>
     <t xml:space="preserve">Oděvy a Obuv, Ostatní zboží a služby, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.firmy.cz/detail/1959388-obuv-ivka-ivana-stopkova-prostejov.html</t>
+  </si>
+  <si>
     <t xml:space="preserve">Optika Eurooptik</t>
   </si>
   <si>
     <t xml:space="preserve">Žižkovo nám. 120/2</t>
   </si>
   <si>
     <t xml:space="preserve">Prostějov</t>
   </si>
   <si>
     <t xml:space="preserve">79601</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.eurooptik.eu</t>
+  </si>
+  <si>
     <t xml:space="preserve">Optika Eurooptik</t>
   </si>
   <si>
     <t xml:space="preserve">Plumlovská 4167/18</t>
   </si>
   <si>
     <t xml:space="preserve">Prostějov</t>
   </si>
   <si>
     <t xml:space="preserve">79601</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.eurooptik.eu</t>
+  </si>
+  <si>
     <t xml:space="preserve">Optika Wagner</t>
   </si>
   <si>
     <t xml:space="preserve">Nám. Edmunda Husserla 19</t>
   </si>
   <si>
     <t xml:space="preserve">Prostějov</t>
   </si>
   <si>
     <t xml:space="preserve">79601</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.optikawagner.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Optimarket - Potraviny Snášelová</t>
   </si>
   <si>
     <t xml:space="preserve">Martinákova 2451/4</t>
   </si>
   <si>
     <t xml:space="preserve">Prostějov</t>
   </si>
   <si>
     <t xml:space="preserve">79601</t>
   </si>
   <si>
     <t xml:space="preserve">Potraviny a Nápoje</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.facebook.com/profile.php?id=61555792887317</t>
+  </si>
+  <si>
     <t xml:space="preserve">Potraviny BALA - Ondřej Kondáš</t>
   </si>
   <si>
     <t xml:space="preserve">Vrahovická 720/56b</t>
   </si>
   <si>
     <t xml:space="preserve">Prostějov</t>
   </si>
   <si>
     <t xml:space="preserve">79811</t>
   </si>
   <si>
     <t xml:space="preserve">Potraviny a Nápoje</t>
   </si>
   <si>
     <t xml:space="preserve">Salon krásy EGO -  Kosmetika, tel: 605543144</t>
   </si>
   <si>
     <t xml:space="preserve">Wolkerova 20</t>
   </si>
   <si>
     <t xml:space="preserve">Prostějov</t>
   </si>
   <si>
     <t xml:space="preserve">79601</t>
@@ -324,108 +372,117 @@
   <si>
     <t xml:space="preserve">Prostějov</t>
   </si>
   <si>
     <t xml:space="preserve">79601</t>
   </si>
   <si>
     <t xml:space="preserve">Oděvy a Obuv</t>
   </si>
   <si>
     <t xml:space="preserve">SPORTOVNÍ POTŘEBY A VYBAVENÍ SEDCO s.r.o.</t>
   </si>
   <si>
     <t xml:space="preserve">Průmyslová 3143/5</t>
   </si>
   <si>
     <t xml:space="preserve">Prostějov</t>
   </si>
   <si>
     <t xml:space="preserve">79601</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.sedco.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Večerka u Marka</t>
   </si>
   <si>
     <t xml:space="preserve">Kpt. Nálepky 608/27</t>
   </si>
   <si>
     <t xml:space="preserve">Prostějov - Vrahovice</t>
   </si>
   <si>
     <t xml:space="preserve">79811</t>
   </si>
   <si>
     <t xml:space="preserve">Potraviny a Nápoje, Ostatní zboží a služby</t>
   </si>
   <si>
     <t xml:space="preserve">Vlassalon</t>
   </si>
   <si>
     <t xml:space="preserve">Fanderlíkova 5</t>
   </si>
   <si>
     <t xml:space="preserve">Prostějov</t>
   </si>
   <si>
     <t xml:space="preserve">79601</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby, Zdraví/Sport/Krása</t>
   </si>
   <si>
     <t xml:space="preserve">Vlňsi - vše pro pletení a háčkování, kurzy háčkování</t>
   </si>
   <si>
     <t xml:space="preserve">Rejskova 1</t>
   </si>
   <si>
     <t xml:space="preserve">Prostějov</t>
   </si>
   <si>
     <t xml:space="preserve">79601</t>
   </si>
   <si>
     <t xml:space="preserve">Oděvy a Obuv, Bytové vybavení, zařízení domácnosti, Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.vlnsi.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Zdravotnické potřeby, Potřeby pro zdraví</t>
   </si>
   <si>
     <t xml:space="preserve">Mlýnská 905/28a</t>
   </si>
   <si>
     <t xml:space="preserve">Prostějov</t>
   </si>
   <si>
     <t xml:space="preserve">79601</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://zdravotnicke-potreby.net/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
@@ -433,468 +490,675 @@
       <top/>
       <bottom/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" fillId="0" fontId="0" numFmtId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
-    <row r="1" spans="1:5">
+    <row r="1" spans="1:9">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
-    </row>
-    <row r="2" spans="1:5">
+      <c r="F1" s="0">
+        <v>49.4676653</v>
+      </c>
+      <c r="G1" s="0">
+        <v>17.09074</v>
+      </c>
+      <c r="H1" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9">
       <c r="A2" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:5">
+        <v>10</v>
+      </c>
+      <c r="F2" s="0">
+        <v>49.4727995</v>
+      </c>
+      <c r="G2" s="0">
+        <v>17.1148132</v>
+      </c>
+      <c r="H2" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9">
       <c r="A3" s="0" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="D3" s="0" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:5">
+        <v>16</v>
+      </c>
+      <c r="F3" s="0">
+        <v>49.4736092</v>
+      </c>
+      <c r="G3" s="0">
+        <v>17.0778552</v>
+      </c>
+      <c r="H3" s="0" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9">
       <c r="A4" s="0" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:5">
+        <v>22</v>
+      </c>
+      <c r="F4" s="0">
+        <v>49.4708039</v>
+      </c>
+      <c r="G4" s="0">
+        <v>17.1108276</v>
+      </c>
+      <c r="H4" s="0" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
       <c r="A5" s="0" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:5">
+        <v>28</v>
+      </c>
+      <c r="F5" s="0">
+        <v>49.4756201</v>
+      </c>
+      <c r="G5" s="0">
+        <v>17.0984248</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
       <c r="A6" s="0" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:5">
+        <v>33</v>
+      </c>
+      <c r="F6" s="0">
+        <v>49.4735378</v>
+      </c>
+      <c r="G6" s="0">
+        <v>17.1105525</v>
+      </c>
+      <c r="H6" s="0" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
       <c r="A7" s="0" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:5">
+        <v>39</v>
+      </c>
+      <c r="F7" s="0">
+        <v>49.4766003</v>
+      </c>
+      <c r="G7" s="0">
+        <v>17.1474589</v>
+      </c>
+      <c r="H7" s="0" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
       <c r="A8" s="0" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:5">
+        <v>45</v>
+      </c>
+      <c r="F8" s="0">
+        <v>49.4689573</v>
+      </c>
+      <c r="G8" s="0">
+        <v>17.1072611</v>
+      </c>
+      <c r="H8" s="0" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
       <c r="A9" s="0" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:5">
+        <v>51</v>
+      </c>
+      <c r="F9" s="0">
+        <v>49.4727217</v>
+      </c>
+      <c r="G9" s="0">
+        <v>17.1097571</v>
+      </c>
+      <c r="H9" s="0" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9">
       <c r="A10" s="0" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:5">
+        <v>57</v>
+      </c>
+      <c r="F10" s="0">
+        <v>49.4700172</v>
+      </c>
+      <c r="G10" s="0">
+        <v>17.1189328</v>
+      </c>
+      <c r="H10" s="0" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
       <c r="A11" s="0" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:5">
+        <v>63</v>
+      </c>
+      <c r="F11" s="0">
+        <v>49.4787052</v>
+      </c>
+      <c r="G11" s="0">
+        <v>17.1115789</v>
+      </c>
+      <c r="H11" s="0" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
       <c r="A12" s="0" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:5">
+        <v>69</v>
+      </c>
+      <c r="F12" s="0">
+        <v>49.4733292</v>
+      </c>
+      <c r="G12" s="0">
+        <v>17.1064812</v>
+      </c>
+      <c r="H12" s="0" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
       <c r="A13" s="0" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:5">
+        <v>75</v>
+      </c>
+      <c r="F13" s="0">
+        <v>49.4725126</v>
+      </c>
+      <c r="G13" s="0">
+        <v>17.1029114</v>
+      </c>
+      <c r="H13" s="0" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
       <c r="A14" s="0" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>66</v>
+        <v>78</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>68</v>
+        <v>80</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:5">
+        <v>81</v>
+      </c>
+      <c r="F14" s="0">
+        <v>49.4715209</v>
+      </c>
+      <c r="G14" s="0">
+        <v>17.1099291</v>
+      </c>
+      <c r="H14" s="0" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
       <c r="A15" s="0" t="s">
-        <v>70</v>
+        <v>83</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>71</v>
+        <v>84</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>72</v>
+        <v>85</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>73</v>
+        <v>86</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:5">
+        <v>87</v>
+      </c>
+      <c r="F15" s="0">
+        <v>49.4728138</v>
+      </c>
+      <c r="G15" s="0">
+        <v>17.1049086</v>
+      </c>
+      <c r="H15" s="0" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
       <c r="A16" s="0" t="s">
-        <v>75</v>
+        <v>89</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>76</v>
+        <v>90</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>78</v>
+        <v>92</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:5">
+        <v>93</v>
+      </c>
+      <c r="F16" s="0">
+        <v>49.4724451</v>
+      </c>
+      <c r="G16" s="0">
+        <v>17.1142502</v>
+      </c>
+      <c r="H16" s="0" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
       <c r="A17" s="0" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>81</v>
+        <v>96</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>82</v>
+        <v>97</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:5">
+        <v>99</v>
+      </c>
+      <c r="F17" s="0">
+        <v>49.4790146</v>
+      </c>
+      <c r="G17" s="0">
+        <v>17.1087327</v>
+      </c>
+      <c r="H17" s="0" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
       <c r="A18" s="0" t="s">
-        <v>85</v>
+        <v>101</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>86</v>
+        <v>102</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>87</v>
+        <v>103</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>88</v>
+        <v>104</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:5">
+        <v>105</v>
+      </c>
+      <c r="F18" s="0">
+        <v>49.4766022</v>
+      </c>
+      <c r="G18" s="0">
+        <v>17.1358595</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
       <c r="A19" s="0" t="s">
-        <v>90</v>
+        <v>106</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:5">
+        <v>110</v>
+      </c>
+      <c r="F19" s="0">
+        <v>49.4691855</v>
+      </c>
+      <c r="G19" s="0">
+        <v>17.114822</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
       <c r="A20" s="0" t="s">
-        <v>95</v>
+        <v>111</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>96</v>
+        <v>112</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>97</v>
+        <v>113</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>98</v>
+        <v>114</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:5">
+        <v>115</v>
+      </c>
+      <c r="F20" s="0">
+        <v>49.4726366</v>
+      </c>
+      <c r="G20" s="0">
+        <v>17.1130493</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
       <c r="A21" s="0" t="s">
-        <v>100</v>
+        <v>116</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>101</v>
+        <v>117</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>102</v>
+        <v>118</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>103</v>
+        <v>119</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:5">
+        <v>120</v>
+      </c>
+      <c r="F21" s="0">
+        <v>49.4735131</v>
+      </c>
+      <c r="G21" s="0">
+        <v>17.1319192</v>
+      </c>
+      <c r="H21" s="0" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9">
       <c r="A22" s="0" t="s">
-        <v>105</v>
+        <v>122</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>106</v>
+        <v>123</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>107</v>
+        <v>124</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>108</v>
+        <v>125</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:5">
+        <v>126</v>
+      </c>
+      <c r="F22" s="0">
+        <v>49.4782112</v>
+      </c>
+      <c r="G22" s="0">
+        <v>17.1373606</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9">
       <c r="A23" s="0" t="s">
-        <v>110</v>
+        <v>127</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>111</v>
+        <v>128</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>112</v>
+        <v>129</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>113</v>
+        <v>130</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:5">
+        <v>131</v>
+      </c>
+      <c r="F23" s="0">
+        <v>49.475402</v>
+      </c>
+      <c r="G23" s="0">
+        <v>17.1068806</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9">
       <c r="A24" s="0" t="s">
-        <v>115</v>
+        <v>132</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>116</v>
+        <v>133</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>118</v>
+        <v>135</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:5">
+        <v>136</v>
+      </c>
+      <c r="F24" s="0">
+        <v>49.4748625</v>
+      </c>
+      <c r="G24" s="0">
+        <v>17.1096619</v>
+      </c>
+      <c r="H24" s="0" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
       <c r="A25" s="0" t="s">
-        <v>120</v>
+        <v>138</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>121</v>
+        <v>139</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>122</v>
+        <v>140</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>123</v>
+        <v>141</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>124</v>
+        <v>142</v>
+      </c>
+      <c r="F25" s="0">
+        <v>49.4702846</v>
+      </c>
+      <c r="G25" s="0">
+        <v>17.106336</v>
+      </c>
+      <c r="H25" s="0" t="s">
+        <v>143</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>